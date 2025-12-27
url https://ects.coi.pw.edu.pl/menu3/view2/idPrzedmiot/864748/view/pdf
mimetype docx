--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -8,51 +8,51 @@
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Nazwa przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fundusze strukturalne i system finansowania projektów Unii Europejskiej</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Koordynator przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">dr.hab. Justyna Łacny, prof. PW</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Status przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Obowiązkowy</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Poziom kształcenia: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Studia II stopnia</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Program: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Administracja</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Grupa przedmiotów: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Obowiązkowe</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Kod przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">A21_FSSFPUE</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Semestr nominalny: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1 / rok ak. 2019/2020</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Liczba punktów ECTS: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">4</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1. Liczba godzin kontaktowych 35 h, w tym obecność na wykładach (30 h), konsultacje (5h) 2.Praca własna studenta to 65 h, w tym czytanie literatury  (30 h) i przygotowanie się do zaliczenia (35 h). Przedmiot ma 4 ECTS = 100 godz. pracy studenta</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">35h=1,8 ECTS</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Język prowadzenia zajęć: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">polski</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">35h= 1,8 p. ECTS</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t></w:r></w:p><w:tbl><w:tblGrid><w:gridCol w:w="2200" w:type="dxa"/><w:gridCol w:w="2200" w:type="dxa"/></w:tblGrid><w:tblPr><w:tblW w:w="2500" w:type="auto"/><w:tblBorders><w:top w:val="single" w:sz="0" w:color="FFFFFF"/><w:left w:val="single" w:sz="0" w:color="FFFFFF"/><w:right w:val="single" w:sz="0" w:color="FFFFFF"/><w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/><w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/><w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/></w:tblBorders></w:tblPr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wykład: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">30h</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">0h</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratorium: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">0h</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Projekt: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">0h</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lekcje komputerowe: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">0h</w:t></w:r></w:p></w:tc></w:tr></w:tbl><w:p/><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Wymagania wstępne: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Nie dotyczy</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Limit liczby studentów: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">cały rok</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Cel przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Poznanie podstawowych orzeczeń Trybunału Sprawiedliwości UE dot. wydatkowania funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Treści kształcenia: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Elementy definicyjne pojęcia nieprawidłowości (wyrok Trybunału Sprawiedliwości z 26.05.2016 r. w połączonych sprawach C-260/14 i C-261/14, Județul Neamț i Județul Bacău przeciwko Ministerul Dezvoltării Regionale și Administrației Publice); Odzyskiwanie funduszy UE wydatkowanych przez jednostki w wyniku nieprawidłowości (wyrok Trybunału Sprawiedliwości z 18.12.2014 r., C
 599/13, Somalische Vereniging Amsterdam en Omgeving (Somvao) przeciwko Staatssecretaris van Veiligheid en Justitie);  Zwrot płatności rolno-środowiskowych ze względu na naruszenie przesłanki jej przyznania (wyrok Trybunału Sprawiedliwości z 26.05.2016 r., C-273/15, ZS „Ezernieki” przeciwko Lauku atbalsta dienests); Możliwość odstąpienia przez państwo członkowskie od odzyskiwania funduszy UE wydatkowanych w wyniku nieprawidłowości (wyrok Trybunału Sprawiedliwości z 13.03.2008 r., C-383/06 do C-385/06, Vereniging Nationaal Overlegorgaan Sociale Werkvoorziening); Kary administracyjne nakładane przez organy krajowe na podmioty uzyskujące fundusze UE w wyniku nieprawidłowości (wyrok Trybunału Sprawiedliwości z 28.10.2010 r., C-367/09, Belgisch Interventie- en Restitutiebureau przeciwko SGS Belgium NV i innym); Stosowanie z mocą wsteczną kary łagodniejszej w sprawach dotyczących nieprawidłowego wydatkowania funduszy UE (wyroku Trybunału Sprawiedliwości z 1.07.2004 r., C-295/02, Gisela Gerken przeciwko Amt für Agrarstruktur Verden); Przedawnienie nieprawidłowości naruszających interesy finansowe UE (Trybunału Sprawiedliwości z 1.05.2011 r., C-201–202/10, Ze Fu Fleischhandel GmbH i Vion Trading GmbH przeciwko Hauptzollamt Hamburg-Jonas); Kontrole wydatkowania funduszy UE prowadzone przez organy krajowe (wyrok Trybunału Sprawiedliwości z 7.08.2018 r., C-59/17, Château du Grand Bois przeciwko Etablissement national des produits de l’agriculture et de la mer (FranceAgriMer); Kontrole funduszy UE prowadzone przez Europejski Urząd do spraw Zwalczania Nadużyć Finansowych (OLAF) (wyrok Trybunału Sprawiedliwości z 15.12.2011 r., C-409/10, Hauptzollamt Hamburg-Hafen przeciwko Afasia Knits Deutschland GmbH; Stosowanie Karty Praw Podstawowych Unii Europejskiej w postępowaniach dotyczących funduszy Unii Europejskiej (wyrok Trybunału Sprawiedliwości z 3.07.2014 r., sprawy połączone C-129/13 i C-130/13, Kamino International Logistics BV i Datema Hellmann Worldwide Logistics BV przeciwko Staatssecretaris van Financiën)</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Metody oceny: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Podstawą oceny są: obecność na zajęciach(dopuszczalne są dwie nieobecności), oddawanie prac pisemnych opracowywanych na zajęciach przez studentów indywidualnie lub grupowo oraz wynik z kolokwium końcowego. Kolokwium końcowe składa się z części testowej (pytanie jednokrotnego wyboru) oraz części opisowej</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Egzamin: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">nie</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Literatura: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1. Dubel P., Polityka regionalna i fundusze strukturalne w praktyce, Warszawa 2012.
 2. Kornberger-Sokołowska E. (red.), Jednostki samorządu terytorialnego jako beneficjenci środków europejskich,  Warszawa 2012.
 3. Sierak J., Górniak R. Ocena efektywności i finansowanie projektów inwestycyjnych
 jednostek samorządu terytorialnego współfinansowanych funduszami UE. 
 Warszawa 2011.
 4. Ładasz J., Polityka strukturalna Polski i Unii Europejskiej, 2008.
 5. Rozporządzenie Rady (WE, EURATOM) nr 2988/95 z 18.12.1995 r. w sprawie ochrony interesów finansowych Wspólnot Europejskich (Dz.Urz. WE L 312, s. 1)
-6. cykl artykułów „Kamienie milowe orzecznictwa UE. Fundusze UE”, Europejski Przegląd Sądowy 2018 (czasopismo dostępne m.in. w BUW)</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Witryna www przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">nie dotyczy</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Uwagi: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">---</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:bookmarkStart w:id="1" w:name="_Toc1"/><w:r><w:t>Charakterystyki przedmiotowe</w:t></w:r><w:bookmarkEnd w:id="1"/></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="2" w:name="_Toc2"/><w:r><w:t>Profil ogólnoakademicki - wiedza</w:t></w:r><w:bookmarkEnd w:id="2"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna i rozumie rolę aktów prawa wtórnego dotyczących funduszy UE i znaczenia instytucji UE (głównie Komisji i TSUE) w obszarze ich wydatkowania. </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W04, K_W06</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_02: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna podstawowe programy finansowane z funduszy UE realizowane w ramach wdrażania polityk UE (głównie Wspólnej Polityki Rolnej i polityki spójności)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W01, K_W03</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_03: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna działania niezbędne przy pozyskiwaniu, realizowaniu i rozliczaniu projektu finansowanego z funduszy UE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W04</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="3" w:name="_Toc3"/><w:r><w:t>Profil ogólnoakademicki - umiejętności</w:t></w:r><w:bookmarkEnd w:id="3"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi poszukiwać ich i zna podstawowe zasady związane z wydatkowaniem funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U04</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_02: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi wyjaśnić podstawowe zasady prawidłowego planowania i wdrażania projektów finansowanych z funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U06</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_03: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi zidentyfikować praktyczne przypadki nieprawidłowego wydatkowania funduszy UE i określić związane z tym konsekwencje</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U10</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UO</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="4" w:name="_Toc4"/><w:r><w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t></w:r><w:bookmarkEnd w:id="4"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka K_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi zdobywać wiedzę na temat najnowszych osiągnięć informatycznych w zakresie funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_K07</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_KK</w:t></w:r></w:p><w:sectPr><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/></w:sectPr></w:body></w:document>
+6. cykl artykułów „Kamienie milowe orzecznictwa UE. Fundusze UE”, Europejski Przegląd Sądowy 2018 (czasopismo dostępne m.in. w BUW)</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Witryna www przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">nie dotyczy</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Uwagi: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">---</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:bookmarkStart w:id="1" w:name="_Toc1"/><w:r><w:t>Charakterystyki przedmiotowe</w:t></w:r><w:bookmarkEnd w:id="1"/></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="2" w:name="_Toc2"/><w:r><w:t>Profil ogólnoakademicki - wiedza</w:t></w:r><w:bookmarkEnd w:id="2"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna i rozumie rolę aktów prawa wtórnego dotyczących funduszy UE i znaczenia instytucji UE (głównie Komisji i TSUE) w obszarze ich wydatkowania. </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W04, K_W06</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_02: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna podstawowe programy finansowane z funduszy UE realizowane w ramach wdrażania polityk UE (głównie Wspólnej Polityki Rolnej i polityki spójności)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W01, K_W03</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_03: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna działania niezbędne przy pozyskiwaniu, realizowaniu i rozliczaniu projektu finansowanego z funduszy UE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W04</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="3" w:name="_Toc3"/><w:r><w:t>Profil ogólnoakademicki - umiejętności</w:t></w:r><w:bookmarkEnd w:id="3"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi poszukiwać ich i zna podstawowe zasady związane z wydatkowaniem funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U04</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_02: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi wyjaśnić podstawowe zasady prawidłowego planowania i wdrażania projektów finansowanych z funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U06</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_03: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi zidentyfikować praktyczne przypadki nieprawidłowego wydatkowania funduszy UE i określić związane z tym konsekwencje</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U10</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UO</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="4" w:name="_Toc4"/><w:r><w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t></w:r><w:bookmarkEnd w:id="4"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka K_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi zdobywać wiedzę na temat najnowszych osiągnięć informatycznych w zakresie funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_K07</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_KK</w:t></w:r></w:p><w:sectPr><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>