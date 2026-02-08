--- v1 (2025-12-27)
+++ v2 (2026-02-08)
@@ -8,51 +8,51 @@
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Nazwa przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fundusze strukturalne i system finansowania projektów Unii Europejskiej</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Koordynator przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">dr.hab. Justyna Łacny, prof. PW</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Status przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Obowiązkowy</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Poziom kształcenia: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Studia II stopnia</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Program: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Administracja</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Grupa przedmiotów: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Obowiązkowe</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Kod przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">A21_FSSFPUE</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Semestr nominalny: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1 / rok ak. 2019/2020</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Liczba punktów ECTS: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">4</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1. Liczba godzin kontaktowych 35 h, w tym obecność na wykładach (30 h), konsultacje (5h) 2.Praca własna studenta to 65 h, w tym czytanie literatury  (30 h) i przygotowanie się do zaliczenia (35 h). Przedmiot ma 4 ECTS = 100 godz. pracy studenta</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">35h=1,8 ECTS</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Język prowadzenia zajęć: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">polski</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">35h= 1,8 p. ECTS</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t></w:r></w:p><w:tbl><w:tblGrid><w:gridCol w:w="2200" w:type="dxa"/><w:gridCol w:w="2200" w:type="dxa"/></w:tblGrid><w:tblPr><w:tblW w:w="2500" w:type="auto"/><w:tblBorders><w:top w:val="single" w:sz="0" w:color="FFFFFF"/><w:left w:val="single" w:sz="0" w:color="FFFFFF"/><w:right w:val="single" w:sz="0" w:color="FFFFFF"/><w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/><w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/><w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/></w:tblBorders></w:tblPr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wykład: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">30h</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">0h</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratorium: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">0h</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Projekt: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">0h</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lekcje komputerowe: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">0h</w:t></w:r></w:p></w:tc></w:tr></w:tbl><w:p/><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Wymagania wstępne: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Nie dotyczy</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Limit liczby studentów: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">cały rok</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Cel przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Poznanie podstawowych orzeczeń Trybunału Sprawiedliwości UE dot. wydatkowania funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Treści kształcenia: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Elementy definicyjne pojęcia nieprawidłowości (wyrok Trybunału Sprawiedliwości z 26.05.2016 r. w połączonych sprawach C-260/14 i C-261/14, Județul Neamț i Județul Bacău przeciwko Ministerul Dezvoltării Regionale și Administrației Publice); Odzyskiwanie funduszy UE wydatkowanych przez jednostki w wyniku nieprawidłowości (wyrok Trybunału Sprawiedliwości z 18.12.2014 r., C
 599/13, Somalische Vereniging Amsterdam en Omgeving (Somvao) przeciwko Staatssecretaris van Veiligheid en Justitie);  Zwrot płatności rolno-środowiskowych ze względu na naruszenie przesłanki jej przyznania (wyrok Trybunału Sprawiedliwości z 26.05.2016 r., C-273/15, ZS „Ezernieki” przeciwko Lauku atbalsta dienests); Możliwość odstąpienia przez państwo członkowskie od odzyskiwania funduszy UE wydatkowanych w wyniku nieprawidłowości (wyrok Trybunału Sprawiedliwości z 13.03.2008 r., C-383/06 do C-385/06, Vereniging Nationaal Overlegorgaan Sociale Werkvoorziening); Kary administracyjne nakładane przez organy krajowe na podmioty uzyskujące fundusze UE w wyniku nieprawidłowości (wyrok Trybunału Sprawiedliwości z 28.10.2010 r., C-367/09, Belgisch Interventie- en Restitutiebureau przeciwko SGS Belgium NV i innym); Stosowanie z mocą wsteczną kary łagodniejszej w sprawach dotyczących nieprawidłowego wydatkowania funduszy UE (wyroku Trybunału Sprawiedliwości z 1.07.2004 r., C-295/02, Gisela Gerken przeciwko Amt für Agrarstruktur Verden); Przedawnienie nieprawidłowości naruszających interesy finansowe UE (Trybunału Sprawiedliwości z 1.05.2011 r., C-201–202/10, Ze Fu Fleischhandel GmbH i Vion Trading GmbH przeciwko Hauptzollamt Hamburg-Jonas); Kontrole wydatkowania funduszy UE prowadzone przez organy krajowe (wyrok Trybunału Sprawiedliwości z 7.08.2018 r., C-59/17, Château du Grand Bois przeciwko Etablissement national des produits de l’agriculture et de la mer (FranceAgriMer); Kontrole funduszy UE prowadzone przez Europejski Urząd do spraw Zwalczania Nadużyć Finansowych (OLAF) (wyrok Trybunału Sprawiedliwości z 15.12.2011 r., C-409/10, Hauptzollamt Hamburg-Hafen przeciwko Afasia Knits Deutschland GmbH; Stosowanie Karty Praw Podstawowych Unii Europejskiej w postępowaniach dotyczących funduszy Unii Europejskiej (wyrok Trybunału Sprawiedliwości z 3.07.2014 r., sprawy połączone C-129/13 i C-130/13, Kamino International Logistics BV i Datema Hellmann Worldwide Logistics BV przeciwko Staatssecretaris van Financiën)</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Metody oceny: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Podstawą oceny są: obecność na zajęciach(dopuszczalne są dwie nieobecności), oddawanie prac pisemnych opracowywanych na zajęciach przez studentów indywidualnie lub grupowo oraz wynik z kolokwium końcowego. Kolokwium końcowe składa się z części testowej (pytanie jednokrotnego wyboru) oraz części opisowej</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Egzamin: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">nie</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Literatura: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1. Dubel P., Polityka regionalna i fundusze strukturalne w praktyce, Warszawa 2012.
 2. Kornberger-Sokołowska E. (red.), Jednostki samorządu terytorialnego jako beneficjenci środków europejskich,  Warszawa 2012.
 3. Sierak J., Górniak R. Ocena efektywności i finansowanie projektów inwestycyjnych
 jednostek samorządu terytorialnego współfinansowanych funduszami UE. 
 Warszawa 2011.
 4. Ładasz J., Polityka strukturalna Polski i Unii Europejskiej, 2008.
 5. Rozporządzenie Rady (WE, EURATOM) nr 2988/95 z 18.12.1995 r. w sprawie ochrony interesów finansowych Wspólnot Europejskich (Dz.Urz. WE L 312, s. 1)
-6. cykl artykułów „Kamienie milowe orzecznictwa UE. Fundusze UE”, Europejski Przegląd Sądowy 2018 (czasopismo dostępne m.in. w BUW)</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Witryna www przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">nie dotyczy</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Uwagi: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">---</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:bookmarkStart w:id="1" w:name="_Toc1"/><w:r><w:t>Charakterystyki przedmiotowe</w:t></w:r><w:bookmarkEnd w:id="1"/></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="2" w:name="_Toc2"/><w:r><w:t>Profil ogólnoakademicki - wiedza</w:t></w:r><w:bookmarkEnd w:id="2"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna i rozumie rolę aktów prawa wtórnego dotyczących funduszy UE i znaczenia instytucji UE (głównie Komisji i TSUE) w obszarze ich wydatkowania. </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W04, K_W06</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_02: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna podstawowe programy finansowane z funduszy UE realizowane w ramach wdrażania polityk UE (głównie Wspólnej Polityki Rolnej i polityki spójności)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W01, K_W03</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_03: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna działania niezbędne przy pozyskiwaniu, realizowaniu i rozliczaniu projektu finansowanego z funduszy UE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W04</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="3" w:name="_Toc3"/><w:r><w:t>Profil ogólnoakademicki - umiejętności</w:t></w:r><w:bookmarkEnd w:id="3"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi poszukiwać ich i zna podstawowe zasady związane z wydatkowaniem funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U04</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_02: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi wyjaśnić podstawowe zasady prawidłowego planowania i wdrażania projektów finansowanych z funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U06</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_03: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi zidentyfikować praktyczne przypadki nieprawidłowego wydatkowania funduszy UE i określić związane z tym konsekwencje</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U10</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UO</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="4" w:name="_Toc4"/><w:r><w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t></w:r><w:bookmarkEnd w:id="4"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka K_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi zdobywać wiedzę na temat najnowszych osiągnięć informatycznych w zakresie funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_K07</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_KK</w:t></w:r></w:p><w:sectPr><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/></w:sectPr></w:body></w:document>
+6. cykl artykułów „Kamienie milowe orzecznictwa UE. Fundusze UE”, Europejski Przegląd Sądowy 2018 (czasopismo dostępne m.in. w BUW)</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Witryna www przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">nie dotyczy</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Uwagi: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">---</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:bookmarkStart w:id="1" w:name="_Toc1"/><w:r><w:t>Charakterystyki przedmiotowe</w:t></w:r><w:bookmarkEnd w:id="1"/></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="2" w:name="_Toc2"/><w:r><w:t>Profil ogólnoakademicki - wiedza</w:t></w:r><w:bookmarkEnd w:id="2"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna i rozumie rolę aktów prawa wtórnego dotyczących funduszy UE i znaczenia instytucji UE (głównie Komisji i TSUE) w obszarze ich wydatkowania. </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W04, K_W06</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_02: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna podstawowe programy finansowane z funduszy UE realizowane w ramach wdrażania polityk UE (głównie Wspólnej Polityki Rolnej i polityki spójności)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W01, K_W03</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_03: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna działania niezbędne przy pozyskiwaniu, realizowaniu i rozliczaniu projektu finansowanego z funduszy UE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W04</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="3" w:name="_Toc3"/><w:r><w:t>Profil ogólnoakademicki - umiejętności</w:t></w:r><w:bookmarkEnd w:id="3"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi poszukiwać ich i zna podstawowe zasady związane z wydatkowaniem funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U04</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_02: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi wyjaśnić podstawowe zasady prawidłowego planowania i wdrażania projektów finansowanych z funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U06</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_03: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi zidentyfikować praktyczne przypadki nieprawidłowego wydatkowania funduszy UE i określić związane z tym konsekwencje</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U10</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UO</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="4" w:name="_Toc4"/><w:r><w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t></w:r><w:bookmarkEnd w:id="4"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka K_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi zdobywać wiedzę na temat najnowszych osiągnięć informatycznych w zakresie funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_K07</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_KK</w:t></w:r></w:p><w:sectPr><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>