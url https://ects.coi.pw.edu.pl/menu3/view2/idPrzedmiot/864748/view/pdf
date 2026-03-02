--- v2 (2026-02-08)
+++ v3 (2026-03-02)
@@ -8,51 +8,51 @@
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Nazwa przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fundusze strukturalne i system finansowania projektów Unii Europejskiej</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Koordynator przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">dr.hab. Justyna Łacny, prof. PW</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Status przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Obowiązkowy</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Poziom kształcenia: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Studia II stopnia</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Program: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Administracja</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Grupa przedmiotów: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Obowiązkowe</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Kod przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">A21_FSSFPUE</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Semestr nominalny: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1 / rok ak. 2019/2020</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Liczba punktów ECTS: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">4</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1. Liczba godzin kontaktowych 35 h, w tym obecność na wykładach (30 h), konsultacje (5h) 2.Praca własna studenta to 65 h, w tym czytanie literatury  (30 h) i przygotowanie się do zaliczenia (35 h). Przedmiot ma 4 ECTS = 100 godz. pracy studenta</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">35h=1,8 ECTS</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Język prowadzenia zajęć: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">polski</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">35h= 1,8 p. ECTS</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t></w:r></w:p><w:tbl><w:tblGrid><w:gridCol w:w="2200" w:type="dxa"/><w:gridCol w:w="2200" w:type="dxa"/></w:tblGrid><w:tblPr><w:tblW w:w="2500" w:type="auto"/><w:tblBorders><w:top w:val="single" w:sz="0" w:color="FFFFFF"/><w:left w:val="single" w:sz="0" w:color="FFFFFF"/><w:right w:val="single" w:sz="0" w:color="FFFFFF"/><w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/><w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/><w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/></w:tblBorders></w:tblPr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wykład: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">30h</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">0h</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratorium: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">0h</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Projekt: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">0h</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr><w:trHeight w:val="250" w:hRule="atLeast"/></w:trPr><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lekcje komputerowe: </w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2200" w:type="dxa"/></w:tcPr><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">0h</w:t></w:r></w:p></w:tc></w:tr></w:tbl><w:p/><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Wymagania wstępne: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Nie dotyczy</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Limit liczby studentów: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">cały rok</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Cel przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Poznanie podstawowych orzeczeń Trybunału Sprawiedliwości UE dot. wydatkowania funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Treści kształcenia: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Elementy definicyjne pojęcia nieprawidłowości (wyrok Trybunału Sprawiedliwości z 26.05.2016 r. w połączonych sprawach C-260/14 i C-261/14, Județul Neamț i Județul Bacău przeciwko Ministerul Dezvoltării Regionale și Administrației Publice); Odzyskiwanie funduszy UE wydatkowanych przez jednostki w wyniku nieprawidłowości (wyrok Trybunału Sprawiedliwości z 18.12.2014 r., C
 599/13, Somalische Vereniging Amsterdam en Omgeving (Somvao) przeciwko Staatssecretaris van Veiligheid en Justitie);  Zwrot płatności rolno-środowiskowych ze względu na naruszenie przesłanki jej przyznania (wyrok Trybunału Sprawiedliwości z 26.05.2016 r., C-273/15, ZS „Ezernieki” przeciwko Lauku atbalsta dienests); Możliwość odstąpienia przez państwo członkowskie od odzyskiwania funduszy UE wydatkowanych w wyniku nieprawidłowości (wyrok Trybunału Sprawiedliwości z 13.03.2008 r., C-383/06 do C-385/06, Vereniging Nationaal Overlegorgaan Sociale Werkvoorziening); Kary administracyjne nakładane przez organy krajowe na podmioty uzyskujące fundusze UE w wyniku nieprawidłowości (wyrok Trybunału Sprawiedliwości z 28.10.2010 r., C-367/09, Belgisch Interventie- en Restitutiebureau przeciwko SGS Belgium NV i innym); Stosowanie z mocą wsteczną kary łagodniejszej w sprawach dotyczących nieprawidłowego wydatkowania funduszy UE (wyroku Trybunału Sprawiedliwości z 1.07.2004 r., C-295/02, Gisela Gerken przeciwko Amt für Agrarstruktur Verden); Przedawnienie nieprawidłowości naruszających interesy finansowe UE (Trybunału Sprawiedliwości z 1.05.2011 r., C-201–202/10, Ze Fu Fleischhandel GmbH i Vion Trading GmbH przeciwko Hauptzollamt Hamburg-Jonas); Kontrole wydatkowania funduszy UE prowadzone przez organy krajowe (wyrok Trybunału Sprawiedliwości z 7.08.2018 r., C-59/17, Château du Grand Bois przeciwko Etablissement national des produits de l’agriculture et de la mer (FranceAgriMer); Kontrole funduszy UE prowadzone przez Europejski Urząd do spraw Zwalczania Nadużyć Finansowych (OLAF) (wyrok Trybunału Sprawiedliwości z 15.12.2011 r., C-409/10, Hauptzollamt Hamburg-Hafen przeciwko Afasia Knits Deutschland GmbH; Stosowanie Karty Praw Podstawowych Unii Europejskiej w postępowaniach dotyczących funduszy Unii Europejskiej (wyrok Trybunału Sprawiedliwości z 3.07.2014 r., sprawy połączone C-129/13 i C-130/13, Kamino International Logistics BV i Datema Hellmann Worldwide Logistics BV przeciwko Staatssecretaris van Financiën)</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Metody oceny: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Podstawą oceny są: obecność na zajęciach(dopuszczalne są dwie nieobecności), oddawanie prac pisemnych opracowywanych na zajęciach przez studentów indywidualnie lub grupowo oraz wynik z kolokwium końcowego. Kolokwium końcowe składa się z części testowej (pytanie jednokrotnego wyboru) oraz części opisowej</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Egzamin: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">nie</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Literatura: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1. Dubel P., Polityka regionalna i fundusze strukturalne w praktyce, Warszawa 2012.
 2. Kornberger-Sokołowska E. (red.), Jednostki samorządu terytorialnego jako beneficjenci środków europejskich,  Warszawa 2012.
 3. Sierak J., Górniak R. Ocena efektywności i finansowanie projektów inwestycyjnych
 jednostek samorządu terytorialnego współfinansowanych funduszami UE. 
 Warszawa 2011.
 4. Ładasz J., Polityka strukturalna Polski i Unii Europejskiej, 2008.
 5. Rozporządzenie Rady (WE, EURATOM) nr 2988/95 z 18.12.1995 r. w sprawie ochrony interesów finansowych Wspólnot Europejskich (Dz.Urz. WE L 312, s. 1)
-6. cykl artykułów „Kamienie milowe orzecznictwa UE. Fundusze UE”, Europejski Przegląd Sądowy 2018 (czasopismo dostępne m.in. w BUW)</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Witryna www przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">nie dotyczy</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Uwagi: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">---</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:bookmarkStart w:id="1" w:name="_Toc1"/><w:r><w:t>Charakterystyki przedmiotowe</w:t></w:r><w:bookmarkEnd w:id="1"/></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="2" w:name="_Toc2"/><w:r><w:t>Profil ogólnoakademicki - wiedza</w:t></w:r><w:bookmarkEnd w:id="2"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna i rozumie rolę aktów prawa wtórnego dotyczących funduszy UE i znaczenia instytucji UE (głównie Komisji i TSUE) w obszarze ich wydatkowania. </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W04, K_W06</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_02: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna podstawowe programy finansowane z funduszy UE realizowane w ramach wdrażania polityk UE (głównie Wspólnej Polityki Rolnej i polityki spójności)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W01, K_W03</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_03: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna działania niezbędne przy pozyskiwaniu, realizowaniu i rozliczaniu projektu finansowanego z funduszy UE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W04</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="3" w:name="_Toc3"/><w:r><w:t>Profil ogólnoakademicki - umiejętności</w:t></w:r><w:bookmarkEnd w:id="3"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi poszukiwać ich i zna podstawowe zasady związane z wydatkowaniem funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U04</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_02: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi wyjaśnić podstawowe zasady prawidłowego planowania i wdrażania projektów finansowanych z funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U06</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_03: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi zidentyfikować praktyczne przypadki nieprawidłowego wydatkowania funduszy UE i określić związane z tym konsekwencje</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U10</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UO</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="4" w:name="_Toc4"/><w:r><w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t></w:r><w:bookmarkEnd w:id="4"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka K_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi zdobywać wiedzę na temat najnowszych osiągnięć informatycznych w zakresie funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_K07</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_KK</w:t></w:r></w:p><w:sectPr><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/></w:sectPr></w:body></w:document>
+6. cykl artykułów „Kamienie milowe orzecznictwa UE. Fundusze UE”, Europejski Przegląd Sądowy 2018 (czasopismo dostępne m.in. w BUW)</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Witryna www przedmiotu: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">nie dotyczy</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Uwagi: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">---</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:bookmarkStart w:id="1" w:name="_Toc1"/><w:r><w:t>Charakterystyki przedmiotowe</w:t></w:r><w:bookmarkEnd w:id="1"/></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="2" w:name="_Toc2"/><w:r><w:t>Profil ogólnoakademicki - wiedza</w:t></w:r><w:bookmarkEnd w:id="2"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna i rozumie rolę aktów prawa wtórnego dotyczących funduszy UE i znaczenia instytucji UE (głównie Komisji i TSUE) w obszarze ich wydatkowania. </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W04, K_W06</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_02: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna podstawowe programy finansowane z funduszy UE realizowane w ramach wdrażania polityk UE (głównie Wspólnej Polityki Rolnej i polityki spójności)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W01, K_W03</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka W_03: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student zna działania niezbędne przy pozyskiwaniu, realizowaniu i rozliczaniu projektu finansowanego z funduszy UE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_W04</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="3" w:name="_Toc3"/><w:r><w:t>Profil ogólnoakademicki - umiejętności</w:t></w:r><w:bookmarkEnd w:id="3"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi poszukiwać ich i zna podstawowe zasady związane z wydatkowaniem funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U04</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_02: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi wyjaśnić podstawowe zasady prawidłowego planowania i wdrażania projektów finansowanych z funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U06</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t></w:r></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka U_03: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi zidentyfikować praktyczne przypadki nieprawidłowego wydatkowania funduszy UE i określić związane z tym konsekwencje</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_U10</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_UO</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:bookmarkStart w:id="4" w:name="_Toc4"/><w:r><w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t></w:r><w:bookmarkEnd w:id="4"/></w:p><w:p><w:pPr><w:keepNext w:val="1"/><w:spacing w:after="10"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Charakterystyka K_01: </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Student potrafi zdobywać wiedzę na temat najnowszych osiągnięć informatycznych w zakresie funduszy UE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="60"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Weryfikacja: </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ćwiczenia praktyczne pisemne i ustne w trakcie zajęć. Kolokwium końcowe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">K_K07</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="20" w:after="190"/></w:pPr><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I.P7S_KK</w:t></w:r></w:p><w:sectPr><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>