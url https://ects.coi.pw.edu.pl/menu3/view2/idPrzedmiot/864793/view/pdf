--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -911,51 +911,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna modele, strategie, polityki bezpieczeństwa oraz zasady zarządzania bezpieczeństwem informacji organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1051,51 +1051,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1201,51 +1201,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest świadomy odpowiedzialności w zakresie bezpieczeństwa informacji i systemów teleinformatycznych w środowisku funkcjonowania zawodowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>