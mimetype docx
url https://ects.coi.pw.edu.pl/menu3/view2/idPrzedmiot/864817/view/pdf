--- v0 (2026-01-12)
+++ v1 (2026-02-08)
@@ -828,67 +828,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -925,51 +925,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO, I.P6S_UW, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie na czym polega praca zespołów PR, zna prawne mechanizmy  ich funkcjonowania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1059,51 +1059,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Is aware of the level of his knowledge and skills in the field of PR. Understands the need for further professional improvement regarding the way the functioning and change of society as well as rules, processes and social structures.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K10, K_K09</w:t>
+        <w:t xml:space="preserve">K_K09, K_K10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>