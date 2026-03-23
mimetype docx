--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -828,67 +828,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -925,51 +925,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO, I.P6S_UW, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie na czym polega praca zespołów PR, zna prawne mechanizmy  ich funkcjonowania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>