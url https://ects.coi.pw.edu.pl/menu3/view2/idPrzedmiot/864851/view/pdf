--- v0 (2025-11-03)
+++ v1 (2025-12-29)
@@ -1470,121 +1470,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student zna podstawy regulacji PID.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>