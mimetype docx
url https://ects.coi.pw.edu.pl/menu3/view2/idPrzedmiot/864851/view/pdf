--- v1 (2025-12-29)
+++ v2 (2026-03-01)
@@ -770,157 +770,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student zna pojęcie transformaty Laplace'a.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i oceniane prace domowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student zna pojęcie transformaty Laplace'a.														</w:t>
+        <w:t xml:space="preserve">														Student zna pojęcie transmitancji operatorowej i widmowej układu.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium i oceniane prace domowe</w:t>
+        <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student zna pojęcie transmitancji operatorowej i widmowej układu.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student zna pojęcie transmitancji operatorowej i widmowej układu.														</w:t>
+        <w:t xml:space="preserve">														Student zna pojęcia sprzężenie zwrotne, układ otwarty i układ zamknięty.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -939,58 +1079,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student zna pojęcie transmitancji operatorowej i widmowej układu.														</w:t>
+        <w:t xml:space="preserve">														Student zna pojęcia sprzężenie zwrotne, układ otwarty i układ zamknięty.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1009,58 +1149,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student zna pojęcia sprzężenie zwrotne, układ otwarty i układ zamknięty.														</w:t>
+        <w:t xml:space="preserve">														Student zna ogólne twierdzenie o stabilności układów liniowych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1079,58 +1219,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student zna pojęcia sprzężenie zwrotne, układ otwarty i układ zamknięty.														</w:t>
+        <w:t xml:space="preserve">														Student zna ogólne twierdzenie o stabilności układów liniowych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1149,58 +1289,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student zna ogólne twierdzenie o stabilności układów liniowych.														</w:t>
+        <w:t xml:space="preserve">														Student zna wybrane kryteria oceny stabilności układów liniowych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1219,58 +1359,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student zna ogólne twierdzenie o stabilności układów liniowych.														</w:t>
+        <w:t xml:space="preserve">														Student zna wybrane kryteria oceny stabilności układów liniowych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1289,58 +1429,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student zna wybrane kryteria oceny stabilności układów liniowych.														</w:t>
+        <w:t xml:space="preserve">														Student zna podstawy regulacji PID.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1359,232 +1499,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student zna wybrane kryteria oceny stabilności układów liniowych.														</w:t>
+        <w:t xml:space="preserve">														Student zna podstawy regulacji PID.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_W09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>