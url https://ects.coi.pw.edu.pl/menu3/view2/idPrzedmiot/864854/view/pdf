--- v0 (2025-10-11)
+++ v1 (2026-03-01)
@@ -1044,121 +1044,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U14</w:t>
+        <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1255,120 +1325,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U12</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>