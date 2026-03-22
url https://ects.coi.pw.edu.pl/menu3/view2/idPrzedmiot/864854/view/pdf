--- v1 (2026-03-01)
+++ v2 (2026-03-22)
@@ -1044,121 +1044,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>