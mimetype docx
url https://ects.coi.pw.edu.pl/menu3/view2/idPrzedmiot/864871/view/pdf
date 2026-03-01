--- v0 (2025-12-29)
+++ v1 (2026-03-01)
@@ -1162,50 +1162,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK467_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna źródła i sposoby wytwarzania i zarządzania energią na pokładzie statków powietrznych.	Umie podać rodzaje energii wykorzystywane na pokładach statków powietrznych, systemy w których są wykorzystywane, zalety, wady i ograniczenia w wykorzystywaniu danego rodzaju energii.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1233,120 +1303,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_W16</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>