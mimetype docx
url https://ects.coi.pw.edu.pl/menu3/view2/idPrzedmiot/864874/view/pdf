--- v0 (2025-12-29)
+++ v1 (2026-03-01)
@@ -1042,50 +1042,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK690_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							 Potrafi posługiwać się na poziomie podstawowym wybranym zintegrowanym systemem CAD/CAM/CAE na przykładzie jednego z trzech: NX- Unigraphics, CATIA lub ProEngineer-CREO. W szczególności potrafi praktycznie zastosować wybrany system w zakresie: modelowania na płaszczyźnie (zbiory punktów, krzywe płaskie – w tym krzywe typu „spline”, wykorzystanie sparametryzowanego szkicownika); modelowania 3D, w tym tworzenia modeli 3D pojedynczych obiektów (prostych komponentów maszyn i urządzeń).																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK690_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							 Potrafi posługiwać się na poziomie podstawowym wybranym zintegrowanym systemem CAD/CAM/CAE na przykładzie jednego z trzech: NX- Unigraphics, CATIA lub ProEngineer-CREO. W szczególności potrafi praktycznie zastosować wybrany system w zakresie: modelowania na płaszczyźnie (zbiory punktów, krzywe płaskie – w tym krzywe typu „spline”, wykorzystanie sparametryzowanego szkicownika); modelowania 3D, w tym tworzenia modeli 3D pojedynczych obiektów (prostych komponentów maszyn i urządzeń).																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK690_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							 Potrafi posługiwać się na poziomie podstawowym wybranym zintegrowanym systemem CAD/CAM/CAE na przykładzie jednego z trzech: NX- Unigraphics, CATIA lub ProEngineer-CREO. W szczególności potrafi praktycznie zastosować wybrany system w zakresie: modelowania na płaszczyźnie (zbiory punktów, krzywe płaskie – w tym krzywe typu „spline”, wykorzystanie sparametryzowanego szkicownika); modelowania 3D, w tym tworzenia modeli 3D pojedynczych obiektów (prostych komponentów maszyn i urządzeń).																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1113,260 +1323,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>