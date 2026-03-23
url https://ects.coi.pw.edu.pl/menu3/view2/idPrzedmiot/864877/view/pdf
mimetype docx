--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -891,157 +891,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">				Zna równania rządzące przepływem płynu, stosowane poziomy uproszczeń równań oraz skutki tych uproszczeń.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">				Zna równania rządzące przepływem płynu, stosowane poziomy uproszczeń równań oraz skutki tych uproszczeń.										</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę nt. opływu profilu lotniczego, zna związek siły aerodynamicznej z cyrkulacja i znaczenie warunku Kutty-Żukowskiego, zna definicje współczynników aerodynamicznych oraz pojęcie doskonałości i biegunowej profilu lotniczego.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Posiada podstawową wiedzę nt. opływu skrzydła o skończonym wydłużeniu, zna wpływ skończonego wydłużenia na charakterystyki aerodynamiczne.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">				Ma podstawową wiedzę nt. podstaw teoretycznych dynamiki gazów, zna wpływ ściśliwości na charakterystyki aerodynamiczne.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę nt. opływu profilu lotniczego, zna związek siły aerodynamicznej z cyrkulacja i znaczenie warunku Kutty-Żukowskiego, zna definicje współczynników aerodynamicznych oraz pojęcie doskonałości i biegunowej profilu lotniczego.											</w:t>
+        <w:t xml:space="preserve">				Ma podstawową wiedzę nt. podstaw teoretycznych dynamiki gazów, zna wpływ ściśliwości na charakterystyki aerodynamiczne.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1060,58 +1270,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Posiada podstawową wiedzę nt. opływu skrzydła o skończonym wydłużeniu, zna wpływ skończonego wydłużenia na charakterystyki aerodynamiczne.													</w:t>
+        <w:t xml:space="preserve">			Ma podstawową wiedzę nt. przepływów ściśliwych poddźwiękowych, okołodźwiękowych oraz naddźwiękowych. Zna pojęcia oporu falowego, krytycznej liczby Macha, liczby Macha wzrostu oporu, buffetingu transonicznego, nagrzewania aerodynamicznego.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1122,286 +1332,286 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">				Ma podstawową wiedzę nt. podstaw teoretycznych dynamiki gazów, zna wpływ ściśliwości na charakterystyki aerodynamiczne.										</w:t>
+        <w:t xml:space="preserve">Potrafi opisać sposób wyznaczania potencjalnego opływu profilu lotniczego z uwzględnieniem warunku Kutty-Zukowskiego.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W07</w:t>
+        <w:t xml:space="preserve">LiK1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">				Ma podstawową wiedzę nt. podstaw teoretycznych dynamiki gazów, zna wpływ ściśliwości na charakterystyki aerodynamiczne.										</w:t>
+        <w:t xml:space="preserve">	Potrafi wyznaczyć opór indukowany, a także objaśnić fizyczne powody jego powstawania i związek z geometrią skrzydła.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W11</w:t>
+        <w:t xml:space="preserve">LiK1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">			Ma podstawową wiedzę nt. przepływów ściśliwych poddźwiękowych, okołodźwiękowych oraz naddźwiękowych. Zna pojęcia oporu falowego, krytycznej liczby Macha, liczby Macha wzrostu oporu, buffetingu transonicznego, nagrzewania aerodynamicznego.											</w:t>
+        <w:t xml:space="preserve">	Potrafi wyznaczyć opór indukowany, a także objaśnić fizyczne powody jego powstawania i związek z geometrią skrzydła.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W11</w:t>
+        <w:t xml:space="preserve">LiK1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać sposób wyznaczania potencjalnego opływu profilu lotniczego z uwzględnieniem warunku Kutty-Zukowskiego.											</w:t>
+        <w:t xml:space="preserve">		Potrafi określić poprawki 	charakterystyk aerodynamicznych związane ze ściśliwością ośrodka.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1420,442 +1630,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Potrafi wyznaczyć opór indukowany, a także objaśnić fizyczne powody jego powstawania i związek z geometrią skrzydła.													</w:t>
+        <w:t xml:space="preserve">		Potrafi określić poprawki 	charakterystyk aerodynamicznych związane ze ściśliwością ośrodka.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi opisać obraz naddźwiękowego opływu cienkiego profili i  wyznaczyć jego charakterystyki aerodynamiczne.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi opisać obraz naddźwiękowego opływu cienkiego profili i  wyznaczyć jego charakterystyki aerodynamiczne.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U13</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>