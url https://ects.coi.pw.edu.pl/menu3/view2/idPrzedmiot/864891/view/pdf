--- v0 (2025-10-13)
+++ v1 (2025-12-29)
@@ -1463,261 +1463,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi dobrać metodę spajania materiałów i podstawowe parametry procesu.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi dobrać metodę spajania materiałów i podstawowe parametry procesu.														</w:t>
+        <w:t xml:space="preserve">														Umie dokonać wyboru właściwej obróbki wykańczającej (szlifowanie, docieranie, dogładzanie) w zależności od warunków technicznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Umie dokonać wyboru właściwej obróbki wykańczającej (szlifowanie, docieranie, dogładzanie) w zależności od warunków technicznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U19</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>