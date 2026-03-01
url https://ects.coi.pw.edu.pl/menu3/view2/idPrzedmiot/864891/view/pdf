--- v1 (2025-12-29)
+++ v2 (2026-03-01)
@@ -1603,87 +1603,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Umie dokonać wyboru właściwej obróbki wykańczającej (szlifowanie, docieranie, dogładzanie) w zależności od warunków technicznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Umie dokonać wyboru właściwej obróbki wykańczającej (szlifowanie, docieranie, dogładzanie) w zależności od warunków technicznych.														</w:t>
+        <w:t xml:space="preserve">														Potrafi obrać sposób i parametry obróbki ściernej powierzchni swobodnych (obróbki strumieniowo-ścierne, w pojemnikach).														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1743,87 +1813,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi wybrać i zastosować praktycznie obróbki stosowane do kształtowania materiałów trudnoskrawalnych (EDM, WEDM, ECM).														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi obrać sposób i parametry obróbki ściernej powierzchni swobodnych (obróbki strumieniowo-ścierne, w pojemnikach).														</w:t>
+        <w:t xml:space="preserve">														Potrafi wybrać i zastosować praktycznie obróbki stosowane do kształtowania materiałów trudnoskrawalnych (EDM, WEDM, ECM).														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1842,58 +1982,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi wybrać i zastosować praktycznie obróbki stosowane do kształtowania materiałów trudnoskrawalnych (EDM, WEDM, ECM).														</w:t>
+        <w:t xml:space="preserve">														Potrafi dobrać i zastosować metody oceny warstwy wierzchniej (naprężenia własne, mikrotwardość, zgniot).														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1912,58 +2052,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi wybrać i zastosować praktycznie obróbki stosowane do kształtowania materiałów trudnoskrawalnych (EDM, WEDM, ECM).														</w:t>
+        <w:t xml:space="preserve">														Potrafi dobrać i zastosować metody oceny warstwy wierzchniej (naprężenia własne, mikrotwardość, zgniot).														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1982,302 +2122,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U8: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi dobrać i zastosować metody oceny warstwy wierzchniej (naprężenia własne, mikrotwardość, zgniot).														</w:t>
+        <w:t xml:space="preserve">														Potrafi praktycznie stosować metody badania struktury geometrycznej powierzchni.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi praktycznie stosować metody badania struktury geometrycznej powierzchni.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U19</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>