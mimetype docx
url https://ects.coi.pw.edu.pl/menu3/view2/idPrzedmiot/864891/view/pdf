--- v2 (2026-03-01)
+++ v3 (2026-03-24)
@@ -2163,121 +2163,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi praktycznie stosować metody badania struktury geometrycznej powierzchni.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>