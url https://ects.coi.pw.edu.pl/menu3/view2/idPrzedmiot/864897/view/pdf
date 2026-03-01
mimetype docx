--- v0 (2025-10-08)
+++ v1 (2026-03-01)
@@ -1665,50 +1665,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna związki pomiędzy poziomem ryzyka a współczynnikiem bezpieczeństwa konstrukcji.  Potrafi zbudować model do określenia przyczyn, przebiegu wypadku i jego skutków.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1736,120 +1806,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U17</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>