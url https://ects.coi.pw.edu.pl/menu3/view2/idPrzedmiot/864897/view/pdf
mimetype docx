--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -1245,50 +1245,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi szacować niezawodność obiektów technicznych oraz niezwodność człowieka.  Zna podstawowe modele struktur niezawodnościowych: szeregowa, równoległa, z rezerwą, "k z m". Potrafi modelować ryzyko i niezawodność za pomocą drzew zdarzeń i drzew niesprawności.  Potrafi modelować straty i zwązane z nimi zagrożenie. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1344,92 +1414,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS611_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi szacować niezawodność obiektów technicznych oraz niezwodność człowieka.  Zna podstawowe modele struktur niezawodnościowych: szeregowa, równoległa, z rezerwą, "k z m". Potrafi modelować ryzyko i niezawodność za pomocą drzew zdarzeń i drzew niesprawności.  Potrafi modelować straty i zwązane z nimi zagrożenie. 														</w:t>
+        <w:t xml:space="preserve">														Potrafi przygotować ankiety w celu pozyskania danych od ekspertów na temat poziomu ryzyka i zagrożenia. Potrafi uwzględniać wpływ czynnika ludzkiego w analizach ryzyka. 														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U19</w:t>
+        <w:t xml:space="preserve">LiK1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1455,87 +1525,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi przygotować ankiety w celu pozyskania danych od ekspertów na temat poziomu ryzyka i zagrożenia. Potrafi uwzględniać wpływ czynnika ludzkiego w analizach ryzyka. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna związki pomiędzy poziomem ryzyka a współczynnikiem bezpieczeństwa konstrukcji.  Potrafi zbudować model do określenia przyczyn, przebiegu wypadku i jego skutków.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS611_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi przygotować ankiety w celu pozyskania danych od ekspertów na temat poziomu ryzyka i zagrożenia. Potrafi uwzględniać wpływ czynnika ludzkiego w analizach ryzyka. 														</w:t>
+        <w:t xml:space="preserve">														Zna związki pomiędzy poziomem ryzyka a współczynnikiem bezpieczeństwa konstrukcji.  Potrafi zbudować model do określenia przyczyn, przebiegu wypadku i jego skutków.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1554,302 +1764,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS611_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi przygotować ankiety w celu pozyskania danych od ekspertów na temat poziomu ryzyka i zagrożenia. Potrafi uwzględniać wpływ czynnika ludzkiego w analizach ryzyka. 														</w:t>
+        <w:t xml:space="preserve">														Zna związki pomiędzy poziomem ryzyka a współczynnikiem bezpieczeństwa konstrukcji.  Potrafi zbudować model do określenia przyczyn, przebiegu wypadku i jego skutków.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>