--- v0 (2025-12-29)
+++ v1 (2026-03-01)
@@ -1671,50 +1671,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1770,162 +1910,302 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U14</w:t>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1951,51 +2231,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2021,331 +2301,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U10</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U12</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>