--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -1041,121 +1041,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							 Potrafi operować poprawnie podstawowymi pojęciami, terminami i miarami, typowymi dla projektowania i konstruowania urządzeń mechanicznych (np. takimi pojęciami, jak: projektowanie i konstruowanie, trwałość, nośność, wytrzymałość doraźna i zmęczeniowa, współczynnik bezpieczeństwa, naprężenie dopuszczalne, warunek ograniczający, modelowanie deterministyczne i probabilistyczne, niezawodność, bezpieczeństwo)	.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							 Potrafi operować poprawnie podstawowymi pojęciami, terminami i miarami, typowymi dla projektowania i konstruowania urządzeń mechanicznych (np. takimi pojęciami, jak: projektowanie i konstruowanie, trwałość, nośność, wytrzymałość doraźna i zmęczeniowa, współczynnik bezpieczeństwa, naprężenie dopuszczalne, warunek ograniczający, modelowanie deterministyczne i probabilistyczne, niezawodność, bezpieczeństwo)	.					</w:t>
+        <w:t xml:space="preserve">							Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych, a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w formułowaniu zadań inżynierskich.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U18</w:t>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1181,1171 +1251,1101 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych, a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w formułowaniu zadań inżynierskich.							</w:t>
+        <w:t xml:space="preserve">							Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym: modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym: modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym: modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.				</w:t>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U10</w:t>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.				</w:t>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym: modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
-[...348 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>