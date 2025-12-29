--- v0 (2025-12-03)
+++ v1 (2025-12-29)
@@ -757,157 +757,507 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK46_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę w zakresie: obrabiarek CNC, centrów obróbkowych, gniazd zrobotyzowanych oraz ich programowaniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK46_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę w zakresie: obrabiarek CNC, centrów obróbkowych, gniazd zrobotyzowanych oraz ich programowaniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK46_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada wiedzę w zakresie: obrabiarek CNC, centrów obróbkowych, gniazd zrobotyzowanych oraz ich programowaniu.							</w:t>
+        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK46_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada wiedzę w zakresie: obrabiarek CNC, centrów obróbkowych, gniazd zrobotyzowanych oraz ich programowaniu.							</w:t>
+        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -926,558 +1276,628 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
+        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W10</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W11</w:t>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W10</w:t>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W11</w:t>
+        <w:t xml:space="preserve">MiBM1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1496,58 +1916,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1566,58 +1986,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1636,58 +2056,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1706,198 +2126,408 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+        <w:t xml:space="preserve">							Umie zastosować w procesie technologicznym różne techniki wytwarzania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie zastosować w procesie technologicznym różne techniki wytwarzania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie zastosować w procesie technologicznym różne techniki wytwarzania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+        <w:t xml:space="preserve">							Umie zastosować w procesie technologicznym różne techniki wytwarzania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1916,58 +2546,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+        <w:t xml:space="preserve">							Umie zastosować w procesie technologicznym różne techniki wytwarzania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1986,58 +2616,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+        <w:t xml:space="preserve">							Umie zastosować w procesie technologicznym różne techniki wytwarzania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2056,722 +2686,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+        <w:t xml:space="preserve">							Umie zastosować w procesie technologicznym różne techniki wytwarzania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U17</w:t>
-      </w:r>
-[...628 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>