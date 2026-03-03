--- v1 (2025-12-29)
+++ v2 (2026-03-03)
@@ -1177,50 +1177,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1268,216 +1338,566 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W11</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1496,58 +1916,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1566,58 +1986,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1636,58 +2056,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1706,128 +2126,198 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+        <w:t xml:space="preserve">							Umie zastosować w procesie technologicznym różne techniki wytwarzania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1846,58 +2336,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+        <w:t xml:space="preserve">							Umie zastosować w procesie technologicznym różne techniki wytwarzania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1916,58 +2406,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+        <w:t xml:space="preserve">							Umie zastosować w procesie technologicznym różne techniki wytwarzania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1986,58 +2476,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+        <w:t xml:space="preserve">							Umie zastosować w procesie technologicznym różne techniki wytwarzania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2056,58 +2546,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+        <w:t xml:space="preserve">							Umie zastosować w procesie technologicznym różne techniki wytwarzania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2126,58 +2616,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+        <w:t xml:space="preserve">							Umie zastosować w procesie technologicznym różne techniki wytwarzania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2196,582 +2686,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi zaprojektować operacje obróbkowe na obrabiarki CNC.														</w:t>
+        <w:t xml:space="preserve">							Umie zastosować w procesie technologicznym różne techniki wytwarzania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U20</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>