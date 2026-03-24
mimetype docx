--- v2 (2026-03-03)
+++ v3 (2026-03-24)
@@ -967,401 +967,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
+        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK464_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada wiedzę o: strukturze procesów produkcyjnych, doborze półfabrykatów i metodach obróbki.							</w:t>
+        <w:t xml:space="preserve">							Zna zasady projektowania procesów technologicznych, strukturę operacji i procesów. Zna zasady: ustalania i mocowania przedmiotu obrabianego, wymiarowania technologicznego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W11</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>