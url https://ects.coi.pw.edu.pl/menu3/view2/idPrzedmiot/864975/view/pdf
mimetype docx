--- v0 (2025-12-29)
+++ v1 (2026-03-23)
@@ -1389,50 +1389,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK405_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie zaprojektować uproszczony obieg cieplny.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1460,120 +1530,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>