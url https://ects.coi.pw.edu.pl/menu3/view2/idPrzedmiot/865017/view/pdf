--- v0 (2025-12-03)
+++ v1 (2026-03-01)
@@ -751,121 +751,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrolowana praca domowa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Ma podstawową wiedzę z mechaniki kompozytowych materiałów i elementów konstrukcyjnych, należącej do współczesnej mechaniki ciała stałego i konstrukcji.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kontrolowana praca domowa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>