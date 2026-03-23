--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -1241,50 +1241,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrolowana praca domowa, kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Ma wprowadzające informacje odnośnie aktualnych trendów w mechanice kompozytów nowej generacji  oraz w inter- i multi-dyscyplinarnej tematyce z zakresu mechaniki wyrafinowanych-inteligentnych struktur materiałowych dla high-tech z naciskiem na wybór modelowania, uwzględniającego efekty i zjawiska występujące w zastosowaniach „smart”.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kontrolowana praca domowa, kolokwium zaliczeniowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1312,120 +1382,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrolowana praca domowa, kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>