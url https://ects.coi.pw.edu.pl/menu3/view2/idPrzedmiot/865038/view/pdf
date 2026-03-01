--- v0 (2026-01-08)
+++ v1 (2026-03-01)
@@ -1170,471 +1170,471 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych, a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w formułowaniu zadań inżynierskich</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych, a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w formułowaniu zadań inżynierskich</w:t>
+        <w:t xml:space="preserve">Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U10</w:t>
+        <w:t xml:space="preserve">M1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego </w:t>
+        <w:t xml:space="preserve">Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U10</w:t>
+        <w:t xml:space="preserve">M1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego </w:t>
+        <w:t xml:space="preserve">Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U11</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">M1_U09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">M1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>