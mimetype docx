--- v0 (2025-12-04)
+++ v1 (2026-03-01)
@@ -889,121 +889,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego lub inżynierskiego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U05</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>