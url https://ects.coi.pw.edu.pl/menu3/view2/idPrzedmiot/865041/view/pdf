--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -889,121 +889,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego lub inżynierskiego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego lub inżynierskiego</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie rozwiązać proste zadanie inżynierskie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
+        <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U05</w:t>
+        <w:t xml:space="preserve">M1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1029,51 +1099,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U09</w:t>
+        <w:t xml:space="preserve">M1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1099,191 +1169,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U14</w:t>
+        <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie rozwiązać proste zadanie inżynierskie</w:t>
+        <w:t xml:space="preserve">Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U15</w:t>
+        <w:t xml:space="preserve">M1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U20</w:t>
+        <w:t xml:space="preserve">M1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1309,51 +1379,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U03</w:t>
+        <w:t xml:space="preserve">M1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1379,341 +1449,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U04</w:t>
+        <w:t xml:space="preserve">M1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy</w:t>
+        <w:t xml:space="preserve">Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem, i przy formułowaniu zadań inżynierskich potrafi integrować wiedzę z różnych obszarów technicznych i nietechnicznych (w tym – ekonomii, organizacji i zarządzania oraz psychologii i socjologii) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U07</w:t>
+        <w:t xml:space="preserve">M1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EK1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem, i przy formułowaniu zadań inżynierskich potrafi integrować wiedzę z różnych obszarów technicznych i nietechnicznych (w tym – ekonomii, organizacji i zarządzania oraz psychologii i socjologii) </w:t>
+        <w:t xml:space="preserve">Rozwijanie potrzeby samokształcenia się w celu osiągnięcia zamierzonego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U11</w:t>
+        <w:t xml:space="preserve">M1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EK1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwijanie potrzeby samokształcenia się w celu osiągnięcia zamierzonego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_K01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>