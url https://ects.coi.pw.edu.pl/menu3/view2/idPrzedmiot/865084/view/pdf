--- v0 (2025-12-29)
+++ v1 (2026-03-24)
@@ -1183,51 +1183,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe, ocena zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U21</w:t>
+        <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1255,51 +1255,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe, ocena zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U01</w:t>
+        <w:t xml:space="preserve">M1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>