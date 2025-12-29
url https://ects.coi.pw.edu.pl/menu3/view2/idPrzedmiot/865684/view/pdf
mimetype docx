--- v0 (2025-12-03)
+++ v1 (2025-12-29)
@@ -911,51 +911,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test teoretyczny na koniec semestru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W08, MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>