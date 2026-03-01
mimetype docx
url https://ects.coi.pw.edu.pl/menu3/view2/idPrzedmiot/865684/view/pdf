--- v1 (2025-12-29)
+++ v2 (2026-03-01)
@@ -1061,51 +1061,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test praktyczny (laboratorium komputerowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13, MiBM2_U21, MiBM2_U22</w:t>
+        <w:t xml:space="preserve">MiBM2_U21, MiBM2_U22, MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>