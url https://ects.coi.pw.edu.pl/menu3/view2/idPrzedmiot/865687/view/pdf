--- v0 (2025-10-12)
+++ v1 (2026-01-10)
@@ -1111,51 +1111,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U15, MiBM2_U16, MiBM2_U22, MiBM2_U01, MiBM2_U02, MiBM2_U03, MiBM2_U04</w:t>
+        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U02, MiBM2_U03, MiBM2_U04, MiBM2_U10, MiBM2_U11, MiBM2_U15, MiBM2_U16, MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1181,191 +1181,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U02, MiBM2_U03, MiBM2_U04, MiBM2_U10, MiBM2_U11, MiBM2_U15, MiBM2_U16, MiBM2_U22, MiBM2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U01, MiBM2_U02, MiBM2_U03, MiBM2_U04, MiBM2_U10, MiBM2_U11, MiBM2_U15, MiBM2_U16, MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U01, MiBM2_U02, MiBM2_U03, MiBM2_U04, MiBM2_U10, MiBM2_U11, MiBM2_U15, MiBM2_U16, MiBM2_U22</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U11, MiBM2_U15, MiBM2_U16, MiBM2_U22, MiBM2_U01, MiBM2_U02, MiBM2_U03, MiBM2_U04, MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>