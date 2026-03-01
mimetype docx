--- v1 (2026-01-10)
+++ v2 (2026-03-01)
@@ -961,51 +961,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W07, MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W02, MiBM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1181,51 +1181,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U02, MiBM2_U03, MiBM2_U04, MiBM2_U10, MiBM2_U11, MiBM2_U15, MiBM2_U16, MiBM2_U22, MiBM2_U01</w:t>
+        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U02, MiBM2_U03, MiBM2_U04, MiBM2_U10, MiBM2_U11, MiBM2_U15, MiBM2_U16, MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>