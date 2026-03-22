--- v2 (2026-03-01)
+++ v3 (2026-03-22)
@@ -961,51 +961,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W02, MiBM2_W07</w:t>
+        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W07, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1041,87 +1041,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U11, MiBM2_U15, MiBM2_U16, MiBM2_U22, MiBM2_U01, MiBM2_U02, MiBM2_U03, MiBM2_U04, MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U01, MiBM2_U02, MiBM2_U03, MiBM2_U04, MiBM2_U10, MiBM2_U11, MiBM2_U15, MiBM2_U16, MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1140,162 +1210,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U02, MiBM2_U03, MiBM2_U04, MiBM2_U10, MiBM2_U11, MiBM2_U15, MiBM2_U16, MiBM2_U22</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U02, MiBM2_U03, MiBM2_U04, MiBM2_U10, MiBM2_U11, MiBM2_U15, MiBM2_U16, MiBM2_U22</w:t>
+        <w:t xml:space="preserve">MiBM2_U15, MiBM2_U16, MiBM2_U22, MiBM2_U01, MiBM2_U02, MiBM2_U03, MiBM2_U04, MiBM2_U10, MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>