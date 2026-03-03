--- v0 (2025-12-29)
+++ v1 (2026-03-03)
@@ -833,51 +833,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W03</w:t>
+        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>