--- v0 (2025-10-09)
+++ v1 (2025-12-02)
@@ -1684,50 +1684,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru ciśnień na powierzchni opływanego ciała przy użyciu wielokanałowego skanera. Umie wyznaczyć opór ciała na podstawie uzyskanego rozkładu ciśnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Rozmowa zaliczająca sprawozdanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1755,120 +1825,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U08</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>