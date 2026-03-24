--- v1 (2025-12-02)
+++ v2 (2026-03-24)
@@ -1194,87 +1194,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
+        <w:t xml:space="preserve">Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1293,128 +1433,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U12</w:t>
+        <w:t xml:space="preserve">MiBM2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1474,401 +1614,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru ciśnień na powierzchni opływanego ciała przy użyciu wielokanałowego skanera. Umie wyznaczyć opór ciała na podstawie uzyskanego rozkładu ciśnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Rozmowa zaliczająca sprawozdanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru ciśnień na powierzchni opływanego ciała przy użyciu wielokanałowego skanera. Umie wyznaczyć opór ciała na podstawie uzyskanego rozkładu ciśnienia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+        <w:t xml:space="preserve">	Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru ciśnień na powierzchni opływanego ciała przy użyciu wielokanałowego skanera. Umie wyznaczyć opór ciała na podstawie uzyskanego rozkładu ciśnienia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+        <w:t xml:space="preserve">	Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U09</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>