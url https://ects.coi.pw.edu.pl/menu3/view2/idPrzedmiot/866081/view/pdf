--- v0 (2025-12-02)
+++ v1 (2025-12-28)
@@ -879,51 +879,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o logicznej strukturze i funkcjach systemu prawnego oraz społecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -949,51 +949,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady i podstawy logiczne dokonywania wykładni przepisów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1004,67 +1004,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zagadnienia logiki prawniczej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1074,67 +1074,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W03, K_W06</w:t>
+        <w:t xml:space="preserve">K_W03, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_P01: </w:t>
       </w:r>
     </w:p>
@@ -1444,51 +1444,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie zajęć i pracy problemowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K07</w:t>
+        <w:t xml:space="preserve">K_K07, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>