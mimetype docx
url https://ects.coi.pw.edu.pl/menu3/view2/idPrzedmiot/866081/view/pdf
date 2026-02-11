--- v1 (2025-12-28)
+++ v2 (2026-02-11)
@@ -863,67 +863,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o logicznej strukturze i funkcjach systemu prawnego oraz społecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1004,67 +1004,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zagadnienia logiki prawniczej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1090,51 +1090,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_P01: </w:t>
       </w:r>
     </w:p>
@@ -1444,51 +1444,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie zajęć i pracy problemowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K07, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>