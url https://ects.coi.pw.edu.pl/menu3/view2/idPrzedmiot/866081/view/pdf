--- v2 (2026-02-11)
+++ v3 (2026-03-23)
@@ -863,67 +863,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o logicznej strukturze i funkcjach systemu prawnego oraz społecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -933,67 +933,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady i podstawy logiczne dokonywania wykładni przepisów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1074,67 +1074,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_P01: </w:t>
       </w:r>
     </w:p>