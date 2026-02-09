--- v0 (2026-01-10)
+++ v1 (2026-02-09)
@@ -774,67 +774,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna źródła prawa finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -860,51 +860,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o celach, funkcjach i zasadach gospodarki środkami publicznymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię z zakresu prawa podatkowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1072,51 +1072,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1295,51 +1295,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykonywać zadania w warunkach nie w pełni przewidywalnych przez właściwy
 dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej
 analizy i syntezy tych informacji.
 </w:t>
       </w:r>
     </w:p>
@@ -1369,51 +1369,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, do określenia wysokości podatków, w
 szczególności wysokości podatku od nieruchomości i podatku od środków
 transportowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1499,67 +1499,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektów kształcenia odbywa się w formie oceny aktywności studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1651,67 +1651,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca własna studenta związana z analizą aktów prawnych i danych statystycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K03, K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma przekonanie o potrzebie zachowywania się w sposób profesjonalny i odpowiedzialny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>