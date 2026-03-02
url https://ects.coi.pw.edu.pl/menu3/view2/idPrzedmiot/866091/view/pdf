--- v1 (2026-02-09)
+++ v2 (2026-03-02)
@@ -774,67 +774,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna źródła prawa finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -860,51 +860,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o celach, funkcjach i zasadach gospodarki środkami publicznymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię z zakresu prawa podatkowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1072,51 +1072,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1279,51 +1279,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu uczenia się odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1369,51 +1369,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, do określenia wysokości podatków, w
 szczególności wysokości podatku od nieruchomości i podatku od środków
 transportowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1580,67 +1580,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca własna studenta związana z analizą aktów prawnych i danych statystycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość roli i znaczenia finansów publicznych w zaspokajaniu potrzeb o
 charakterze zbiorowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1651,67 +1651,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca własna studenta związana z analizą aktów prawnych i danych statystycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K01, K_K02</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma przekonanie o potrzebie zachowywania się w sposób profesjonalny i odpowiedzialny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>