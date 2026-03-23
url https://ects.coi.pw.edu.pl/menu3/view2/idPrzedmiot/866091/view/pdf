--- v2 (2026-03-02)
+++ v3 (2026-03-23)
@@ -774,67 +774,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna źródła prawa finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię z zakresu prawa podatkowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1279,51 +1279,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu uczenia się odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1515,51 +1515,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1580,67 +1580,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca własna studenta związana z analizą aktów prawnych i danych statystycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K03, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość roli i znaczenia finansów publicznych w zaspokajaniu potrzeb o
 charakterze zbiorowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>