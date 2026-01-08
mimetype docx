--- v0 (2025-12-28)
+++ v1 (2026-01-08)
@@ -887,67 +887,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wyników egzaminu. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie protokoły warstwy aplikacji IoT (np. CoAP, MQTT).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1181,67 +1181,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena efektów projektu, ocena efektów ćw. laboratoryjnego.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U05, K_U09</w:t>
+        <w:t xml:space="preserve">K_U05, K_U09, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zintegrować węzeł wbudowany IoT z obiektem użytkowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1394,67 +1394,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena efektów projektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie tworzyć raport techniczny nt. stworzonego przez siebie obiektu. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>