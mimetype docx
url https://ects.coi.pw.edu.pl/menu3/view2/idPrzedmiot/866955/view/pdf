--- v1 (2026-01-08)
+++ v2 (2026-02-08)
@@ -887,67 +887,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wyników egzaminu. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie protokoły warstwy aplikacji IoT (np. CoAP, MQTT).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1100,51 +1100,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wyników egzaminu, ocena efektów projektu, ocena efektów ćw. laboratoryjnego.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W13, K_W15</w:t>
+        <w:t xml:space="preserve">K_W13, K_W15, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1394,67 +1394,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena efektów projektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie tworzyć raport techniczny nt. stworzonego przez siebie obiektu. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>