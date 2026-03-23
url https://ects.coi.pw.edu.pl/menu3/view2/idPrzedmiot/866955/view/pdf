--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -1100,51 +1100,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wyników egzaminu, ocena efektów projektu, ocena efektów ćw. laboratoryjnego.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W15, K_W11</w:t>
+        <w:t xml:space="preserve">K_W15, K_W11, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>