--- v0 (2025-12-27)
+++ v1 (2026-03-23)
@@ -928,51 +928,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  egzaminu Ocena Lab. 5.-6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W19, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1078,67 +1078,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  egzaminu Ocena sprawdzianu Ocena Lab. 2.-5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U09, K_U19, K_U20</w:t>
+        <w:t xml:space="preserve">K_U20, K_U06, K_U09, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UU, I.P6S_UW, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UK, I.P6S_UU, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AISDI_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot, potrafi zaimplementować w języku C++: Proste algorytmy rekursywne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>