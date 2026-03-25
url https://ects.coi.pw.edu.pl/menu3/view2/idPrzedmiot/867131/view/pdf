--- v0 (2025-12-27)
+++ v1 (2026-03-25)
@@ -726,50 +726,120 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot zna podstawowe algorytmy rozwiązywania niektórych typów równań różniczkowych zwyczajnych I rzędu oraz równań liniowych o stałych współczynnikach, zna podstawowe kryteria zbieżności szeregów liczbowych oraz zna podstawowe przykłady ilustrujące poznane pojęcia w tych dziedzinach </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">student, który zaliczył przedmiot posiada podstawową wiedzę na temat szeregów funkcyjnych, w szczególności szeregów potęgowych, Taylora, Maclaurina oraz szeregów trygonometrycznych Fouriera, posiada postawową wiedzę z zakresu funkcji zespolonych zmiennej rzeczywistej i zmiennej zespolonej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -851,304 +921,234 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka T1A_W01: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot zna podstawowe algorytmy rozwiązywania niektórych typów równań różniczkowych zwyczajnych I rzędu oraz równań liniowych o stałych współczynnikach, zna podstawowe kryteria zbieżności szeregów liczbowych oraz zna podstawowe przykłady ilustrujące poznane pojęcia w tych dziedzinach </w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot umie badać holomorficzność funkcji zmiennej zespolonej, potrafi różnymi metodami całkować funkcje zmiennej zespolonej, rozwijać je w szereg Taylora lub Laurenta, zna przekształcenie Fouriera i Laplace'a, umie zastosować metodę operatorową do rozwiązywania równań różniczkowych zwyczajnych o stałych współczynnikach, potrafi różnymi metodami wyznaczyć splot funkcji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">kolokwium 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot umie rozwiązywać równania różniczkowe I rzędu oraz równania liniowe o stałych współczynnikach wyższych rzędów, potrafi na prostym poziomie badać zbieżność bezwzględną oraz warunkową szeregów liczbowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot umie rozwiązywać równania różniczkowe I rzędu oraz równania liniowe o stałych współczynnikach wyższych rzędów, potrafi na prostym poziomie badać zbieżność bezwzględną oraz warunkową szeregów liczbowych </w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot umie na podstawowym poziomie badać zbieżność jednostajną oraz wyznaczać sumy szeregów funkcyjnych, potrafi rozwijać funkcję w szereg Taylora lub Maclaurina, umie przedstawic funkcję okresową w postaci szeregu Fouriera, umie skorzystać z podstawowych wiadomości z zakresu funkcji zespolonych zmiennej rzeczywistej i zespolonej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium 1</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">kolokwium 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>