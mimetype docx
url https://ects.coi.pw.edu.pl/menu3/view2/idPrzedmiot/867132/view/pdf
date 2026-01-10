--- v0 (2025-12-28)
+++ v1 (2026-01-10)
@@ -974,51 +974,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1124,67 +1124,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty laboratoryjne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U13, K_U14, K_U15, K_U21</w:t>
+        <w:t xml:space="preserve">K_U13, K_U14, K_U15, K_U21, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ARKO_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi w podstawowym zakresie zidentyfikować ograniczenia wydajności i wskazać możliwości optymalizacji oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1194,67 +1194,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U13, K_U20, K_U21</w:t>
+        <w:t xml:space="preserve">K_U20, K_U21, K_U09, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ARKO_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę pogłębiania wiedzy i korzystania z literatury technicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>