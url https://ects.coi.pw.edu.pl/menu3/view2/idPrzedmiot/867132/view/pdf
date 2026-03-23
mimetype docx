--- v1 (2026-01-10)
+++ v2 (2026-03-23)
@@ -764,51 +764,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy, zadania projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W14, K_W19</w:t>
+        <w:t xml:space="preserve">K_W09, K_W14, K_W19, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1124,67 +1124,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty laboratoryjne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U14, K_U15, K_U21, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U13, K_U14, K_U15, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ARKO_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi w podstawowym zakresie zidentyfikować ograniczenia wydajności i wskazać możliwości optymalizacji oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1194,67 +1194,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U20, K_U21, K_U09, K_U13</w:t>
+        <w:t xml:space="preserve">K_U09, K_U13, K_U20, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ARKO_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę pogłębiania wiedzy i korzystania z literatury technicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>