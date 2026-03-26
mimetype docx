--- v0 (2026-01-13)
+++ v1 (2026-03-26)
@@ -876,51 +876,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja następuje w trakcie zajęć laboratoryjnych, na których studenci w zespołach dwuosobowych wykonują program ćwiczenia oraz przygotowują sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>