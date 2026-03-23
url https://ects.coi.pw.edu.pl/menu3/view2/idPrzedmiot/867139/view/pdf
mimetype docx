--- v0 (2025-12-27)
+++ v1 (2026-03-23)
@@ -1011,137 +1011,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokw1, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka mps_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wyznaczać i interpretować parametry rozkładów zmiennych losowych jednowymiarowych; umie wyznaczać rozkłady funkcji zmiennych losowych jednowymiarowych; potrafi wyznaczać łączne rozkłady zmiennych losowych dwuwymiarowych i ich rozkłady brzegowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokw1, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka mps_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie wyznaczać i i interpretować parametry zmiennych losowych dwuwymiarowych; potrafi wyznaczać rozkłady funkcji zmiennych losowych dwuwymiarowych; potrafi wykorzystać twierdzenia graniczne do szacowania prawdopodobieństwa; umie wyznaczać rozkłady warunkowe zmiennych losowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>