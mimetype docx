--- v0 (2026-01-10)
+++ v1 (2026-03-23)
@@ -1344,51 +1344,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U13, K_U19, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PROI_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi krytycznie ocenić rozwiązanie proceduralne problemu algorytmicznego i zaproponować lepsze rozwiązanie obiektowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1678,67 +1678,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_UK01, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_UK01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PROI_K01: </w:t>
       </w:r>
     </w:p>