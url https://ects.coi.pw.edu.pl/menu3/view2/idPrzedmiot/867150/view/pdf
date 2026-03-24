--- v0 (2026-01-10)
+++ v1 (2026-03-24)
@@ -781,51 +781,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WPO_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot posiada wiedzę odnośnie metod komunikacji i synchronizacji międzyprocesowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -915,67 +915,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wyników We2, We6 i Lab1., Lab2., Lab5. i Lab6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UPO_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot jest w stanie prawidłowo wykorzystywać mechanizmy do synchronizacji i komunikacji międzyprocesowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>