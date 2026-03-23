--- v0 (2026-01-12)
+++ v1 (2026-03-23)
@@ -1701,67 +1701,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WI_W15: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna paradygmaty programowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -2217,51 +2217,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WI_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować automat Rabina-Scotta dla podanej składni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -2707,51 +2707,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WI_U11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zapisać proste reguły temporalne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>