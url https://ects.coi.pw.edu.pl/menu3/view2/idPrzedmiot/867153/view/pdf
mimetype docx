--- v0 (2026-01-08)
+++ v1 (2026-03-23)
@@ -826,51 +826,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -906,207 +906,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U13, K_U20, K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZPR_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystywać znane rozwiązania typowych problemów projektowych (wzorce projektowe)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U09, K_U13, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZPR_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZPR_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystywać znane rozwiązania typowych problemów projektowych (wzorce projektowe)</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystywać udogodnienia oferowane przez biblioteki, w tym przez bibliotekę standardową języka C++</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U09, K_U13, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPR_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi tworzyć wydajne i przenośne (na poziomie kodu źródłowego) aplikacje w C++ tworząc kod dobrej jakości wraz z dokumentacją wykorzystując dostępne narzędzia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>