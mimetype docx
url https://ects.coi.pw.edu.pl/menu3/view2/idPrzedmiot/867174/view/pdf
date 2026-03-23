--- v0 (2026-01-12)
+++ v1 (2026-03-23)
@@ -982,51 +982,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdziany; projekt semestralny; egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W19, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W11, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1342,67 +1342,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt semestralny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U13, K_U19</w:t>
+        <w:t xml:space="preserve">K_U19, K_U02, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AAL_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi rozpoznać stosowalność i wykorzystać odpowiednią metodę do rozwiązania problemu optymalizacji dyskretnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1568,51 +1568,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AAL_U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi przestrzegać przyjętego stylu kodowania i dokumentowania projektów algorytmicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>