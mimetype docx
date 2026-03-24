--- v0 (2025-12-27)
+++ v1 (2026-03-24)
@@ -928,417 +928,417 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. + spr1 + ćw. 1, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U09, K_U21, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MOA_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">stosować narzędzia przeznaczone do symulacji zachowań dynamicznych obiektów graficznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egz. + spr1 + ćw. 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03, K_U09, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MOA_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MOA_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">stosować narzędzia przeznaczone do symulacji zachowań dynamicznych obiektów graficznych</w:t>
+        <w:t xml:space="preserve">wykorzystać systemy cząstek oraz zna podstawowe parametry cząstek</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egz. + spr1 + ćw. 3</w:t>
+        <w:t xml:space="preserve">egz. + spr2 + ćw. 4, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U09, K_U21, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U09, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MOA_U03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MOA_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykorzystać systemy cząstek oraz zna podstawowe parametry cząstek</w:t>
+        <w:t xml:space="preserve">wykorzystać narzędzia kinematyki prostej i odwrotnej w celu sterowania obiektami siatkowymi w powiązaniu z układami szkieletowymi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egz. + spr2 + ćw. 4, 5</w:t>
+        <w:t xml:space="preserve">egz. + spr2 + ćw. 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U09, K_U21</w:t>
+        <w:t xml:space="preserve">K_U21, K_U02, K_U03, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MOA_U04: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MOA_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykorzystać narzędzia kinematyki prostej i odwrotnej w celu sterowania obiektami siatkowymi w powiązaniu z układami szkieletowymi </w:t>
+        <w:t xml:space="preserve">na podstawie zadanej prostej wizualizacji ocenić, jakie metody animacji zostały zastosowane oraz skonstruować scenę dającą w efekcie podobną wizualizację</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egz. + spr2 + ćw. 6</w:t>
+        <w:t xml:space="preserve">egz. + ćw. 1 - 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U09, K_U21</w:t>
+        <w:t xml:space="preserve">K_U02, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MOA_U05: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MOA_U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">na podstawie zadanej prostej wizualizacji ocenić, jakie metody animacji zostały zastosowane oraz skonstruować scenę dającą w efekcie podobną wizualizację</w:t>
+        <w:t xml:space="preserve">zastosować ogólny schemat tworzenia animacji w zadanym scenariuszu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egz. + ćw. 1 - 6</w:t>
+        <w:t xml:space="preserve">egz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U21</w:t>
+        <w:t xml:space="preserve">K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MOA_K01: </w:t>
       </w:r>
     </w:p>