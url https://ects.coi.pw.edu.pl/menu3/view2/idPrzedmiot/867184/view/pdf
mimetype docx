--- v0 (2025-12-27)
+++ v1 (2026-03-23)
@@ -1259,67 +1259,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">etap 1 i 2 projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U14, K_U15, K_U20</w:t>
+        <w:t xml:space="preserve">K_U15, K_U20, K_U09, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUCY_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać złożony układ cyfrowy za pomocą wybranego języka HDL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1469,51 +1469,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt 1 i 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U09, K_U14</w:t>
+        <w:t xml:space="preserve">K_U05, K_U09, K_U14, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UU, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>