--- v0 (2025-12-27)
+++ v1 (2026-03-24)
@@ -866,51 +866,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W17, K_W18, K_W19</w:t>
+        <w:t xml:space="preserve">K_W19, K_W09, K_W17, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1052,171 +1052,171 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SKM2-KE5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi konfigurować sieci wirtualne (VPN) poprzez Internet</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzenie funkcjonowania tuneli VPN zestawionych w trakcie zajęć laboratoryjnych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U20, K_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SKM2-KE5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować notację ASN.1 do generacji kodu struktur danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie funkcjonowania aplikacji komunikujących się używających wygenerowany kod, w trakcie zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SKM2-KE6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zbudować model protokołu komunikacyjnego i analizować go w środowisku Spin/Promela.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>