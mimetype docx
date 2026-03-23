--- v0 (2026-01-12)
+++ v1 (2026-03-23)
@@ -1547,137 +1547,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdziany; projekt semestralny; egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TKOM_U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaprojektować środowisko programowe do osadzenia akcji semantycznych dla prostego języka bezkontekstowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt semestralny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U13, K_U14, K_U15, K_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TKOM_U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi planować działania projektowe wg wymaganego terminu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>