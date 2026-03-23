--- v0 (2025-12-27)
+++ v1 (2026-03-23)
@@ -833,51 +833,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawodzanie z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W18, K_W19</w:t>
+        <w:t xml:space="preserve">K_W19, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1263,207 +1263,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z ćwiczenia laboratoryjnego pt. Biometria podpisu odręcznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać imitacje odcisków palca w celu oceny podatności przykładowych systemów komercyjnych a następnie dobrać parametry przykładowych metod testowania żywotności palca w celu oceny możliwości ochrony przed tego typu fałszerstwami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdanie z ćwiczenia laboratoryjnego pt. Żywotność odcisku palca</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać imitacje tęczówki w celu oceny podatności przykładowych systemów komercyjnych a następnie dobrać parametry przykładowych metod testowania żywotności oka w celu oceny możliwości ochrony przed tego typu fałszerstwami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdanie z ćwiczeń laboratoryjnych pt. Żywotność tęczówki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U20, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi współpracować w zespole laboratoryjnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>