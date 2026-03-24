--- v0 (2026-01-11)
+++ v1 (2026-03-24)
@@ -1015,465 +1015,465 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka APSI_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna metodę Scrum</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt (opcjonalnie)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka APSI_W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka APSI_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna metodę Scrum</w:t>
+        <w:t xml:space="preserve">potrafi dobrać odpowiednią metodę i techniki do konkretnego charakteru realizowanego projektu informatycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin, projekt (opcjonalnie)</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08</w:t>
+        <w:t xml:space="preserve">K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka APSI_U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka APSI_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi dobrać odpowiednią metodę i techniki do konkretnego charakteru realizowanego projektu informatycznego</w:t>
+        <w:t xml:space="preserve">potrafi zebrać wymagania na system informatyczny i dokonać ich analizy wykorzystując odpowiednie techniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13, K_U02, K_U05, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka APSI_U02: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka APSI_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zebrać wymagania na system informatyczny i dokonać ich analizy wykorzystując odpowiednie techniki</w:t>
+        <w:t xml:space="preserve">potrafi zdefiniować architekturę systemu informatycznego stosując odpowiednie metody weryfikacji jej poprawności, w tym prototypowanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U05, K_U10, K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U08, K_U09, K_U10, K_U12, K_U13, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka APSI_U03: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.1.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka APSI_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zdefiniować architekturę systemu informatycznego stosując odpowiednie metody weryfikacji jej poprawności, w tym prototypowanie</w:t>
+        <w:t xml:space="preserve">potrafi opracować specyfikację analityczną systemu informatycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10, K_U12, K_U13, K_U14, K_U08</w:t>
+        <w:t xml:space="preserve">K_U05, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka APSI_U04: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka APSI_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi opracować specyfikację analityczną systemu informatycznego</w:t>
+        <w:t xml:space="preserve">potrafi opracować specyfikację ogólnego projektu systemu informatycznego oraz dobrać odpowiednie rozwiązania techniczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U12, K_U13</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U14, K_U05, K_U08, K_U10, K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13, K_U14, K_U05, K_U08, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>