--- v0 (2026-01-11)
+++ v1 (2026-03-23)
@@ -859,357 +859,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MOW_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma wiedzę na temat mechanizmów działania i zasad stosowania algorytmów tworzenia modeli predykcyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MOW_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MOW_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat mechanizmów działania i zasad stosowania algorytmów tworzenia modeli predykcyjnych</w:t>
+        <w:t xml:space="preserve">ma wiedzę dotyczącą metod oceny jakości modeli predykcyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MOW_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MOW_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę dotyczącą metod oceny jakości modeli predykcyjnych</w:t>
+        <w:t xml:space="preserve">potrafi planować proces odkrywania wiedzy, dostosowując zakres analizy i dobierając algorytmy w zależności od potrzeb właściwości danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MOW_U1: </w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MOW_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi planować proces odkrywania wiedzy, dostosowując zakres analizy i dobierając algorytmy w zależności od potrzeb właściwości danych</w:t>
+        <w:t xml:space="preserve">potrafi stosować algorytmy odkrywania wiedzy do rzeczywistych danych, intepretować uzyskane wyniki i poszukiwać możliwości ich poprawienia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06, K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06, K_U09, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MOW_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi posługiwać się językiem R i jego pakietami do analizy danych oraz implementacji i stosowania algorytmów odkrywania wiedzy, a także pozyskiwać informacje niezbędne do samodzielnego rozwiązywania związanych z tym problemów technicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>