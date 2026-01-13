--- v0 (2025-12-26)
+++ v1 (2026-01-13)
@@ -773,51 +773,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W12, K_W06, K_W08, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK.o, I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ROB_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna metody wstępnej analizy danych oraz ich grupowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1047,67 +1047,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UK, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ROB_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi krytycznie ocenić rozwiązanie problemu klasyfikacji i zaproponować jego usprawnienia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>