--- v1 (2026-01-13)
+++ v2 (2026-03-23)
@@ -1047,67 +1047,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U01, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UK, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ROB_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi krytycznie ocenić rozwiązanie problemu klasyfikacji i zaproponować jego usprawnienia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>