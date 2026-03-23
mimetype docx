--- v0 (2026-01-13)
+++ v1 (2026-03-23)
@@ -902,341 +902,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W08, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W10, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SAG_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wymienić i opisać cechy agenta programowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka SAG_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka SAG_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wymienić i opisać cechy agenta programowego</w:t>
+        <w:t xml:space="preserve">Student zna najważniejsze metody reprezentacji i wymiany wiedzy w systemach agentowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W10</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka SAG_W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SAG_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna najważniejsze metody reprezentacji i wymiany wiedzy w systemach agentowych</w:t>
+        <w:t xml:space="preserve">Student potrafi zaimplementować prosty system agentowy realizujący zadane funkcjonalności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin ustny</w:t>
+        <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06, K_W11</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka SAG_U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SAG_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zaimplementować prosty system agentowy realizujący zadane funkcjonalności</w:t>
+        <w:t xml:space="preserve">Student potrafi zaproponować model agenta adekwatny do zadanego problemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U09</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U05, K_U06, K_U08, K_U09, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U05, K_U06, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>