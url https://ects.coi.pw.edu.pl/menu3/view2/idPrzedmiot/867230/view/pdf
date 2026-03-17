--- v0 (2025-12-26)
+++ v1 (2026-03-17)
@@ -832,157 +832,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DWW-W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Podstawowa wiedza na temat torii targu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka DWW-W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka DWW-W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Podstawowa wiedza na temat torii targu</w:t>
+        <w:t xml:space="preserve">Podstawowa wiedza z teorii aukcji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka DWW-W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka DWW-W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Podstawowa wiedza z teorii aukcji</w:t>
+        <w:t xml:space="preserve">Podstawowa wiedza z teorii mechanizmów ekonomicznych w sensie Hurwicza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -993,196 +1063,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka DWW-W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DWW-U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Podstawowa wiedza z teorii mechanizmów ekonomicznych w sensie Hurwicza</w:t>
+        <w:t xml:space="preserve">Umiejetność wyboru właściwego opisu sytuacji decyzyjnej w warunkach współzawodnictwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W08</w:t>
+        <w:t xml:space="preserve">K_U01, K_U07, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DWW-U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętnosc analizy i modyfikacji informatycznych systemów wspomagania decyzji w warunkach współzawodnictwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>