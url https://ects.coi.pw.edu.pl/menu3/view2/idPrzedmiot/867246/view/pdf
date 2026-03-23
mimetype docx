--- v0 (2025-12-26)
+++ v1 (2026-03-23)
@@ -1139,87 +1139,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin/Sprawozdanie z zadania laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U13, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UK, I.P7S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie znaleźć minimum/maksimum funkcji nieliniowej metodami gradientowymi albo bezgradientowymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin/Sprawozdanie z zadania laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie znaleźć minimum/maksimum funkcji nieliniowej metodami gradientowymi albo bezgradientowymi</w:t>
+        <w:t xml:space="preserve">Potrafi sprawdzić, czy dany punkt jest rozwiązaniem różniczkowalnego zadania optymalizacji bez ograniczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin/Sprawozdanie z zadania laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1238,178 +1308,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sprawdzić, czy dany punkt jest rozwiązaniem różniczkowalnego zadania optymalizacji bez ograniczeń</w:t>
+        <w:t xml:space="preserve">Potrafi sformułować dualne zadanie Lagrange’a do danego zadania programowania liniowego albo kwadratowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin/Sprawozdanie z zadania laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi znaleźć rozwiązanie zadania z ograniczeniami za pomocą metod ograniczeń aktywnych oraz metod funkcji kary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>