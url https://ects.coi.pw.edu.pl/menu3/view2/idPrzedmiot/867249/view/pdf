--- v0 (2026-01-08)
+++ v1 (2026-03-22)
@@ -1059,67 +1059,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium I kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U12, K_U07</w:t>
+        <w:t xml:space="preserve">K_U12, K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.4.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sformułować zadanie analizy wielokryterialnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>