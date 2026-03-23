--- v0 (2026-01-13)
+++ v1 (2026-03-23)
@@ -851,51 +851,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, zadanie laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W05, K_W07</w:t>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1131,51 +1131,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, zadanie laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W05, K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W02, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1287,51 +1287,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka zmwo-U01: </w:t>
       </w:r>
     </w:p>
@@ -1491,67 +1491,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolowium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U08, K_U13</w:t>
+        <w:t xml:space="preserve">K_U08, K_U13, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka zmwo-U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi zaprojektować i uruchomić aspekt korzystając z narzędzi do programowania aspektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>