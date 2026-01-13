--- v0 (2025-12-28)
+++ v1 (2026-01-13)
@@ -789,51 +789,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię w zakresie prawa cywilnego i potrafi ją zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -843,67 +843,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe konstrukcje i instytucje prawa cywilnego i potrafi je zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -929,51 +929,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1079,51 +1079,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>