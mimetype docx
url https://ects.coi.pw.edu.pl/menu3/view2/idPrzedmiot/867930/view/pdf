--- v1 (2026-01-13)
+++ v2 (2026-02-09)
@@ -789,51 +789,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię w zakresie prawa cywilnego i potrafi ją zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -843,67 +843,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe konstrukcje i instytucje prawa cywilnego i potrafi je zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -913,67 +913,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1079,51 +1079,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.3.o, II.T.P6S_UW.2, II.H.P6S_UW.1, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1213,67 +1213,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02, K_K05</w:t>
+        <w:t xml:space="preserve">K_K02, K_K05, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma zdolność do zajmowania własnego stanowiska dotyczącego podstawowych problemów prawa cywilnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>