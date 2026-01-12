--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -891,51 +891,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie scharakteryzować potrzeby komunikacji w zespole projektowym oraz potrafi wymienić cechy środowisk wspomagających prace grupowa nad modelami i kodem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W05, K2_W07, K2_W08</w:t>
+        <w:t xml:space="preserve">K2_W07, K2_W08, K2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -987,51 +987,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U13, K2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.4.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MPSI_U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie studiować literaturę oraz rozpoznać możliwości środowiska projektowego wykorzystywanego w realizacji projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>