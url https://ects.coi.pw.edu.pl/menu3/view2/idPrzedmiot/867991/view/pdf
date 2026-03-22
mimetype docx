--- v1 (2026-01-12)
+++ v2 (2026-03-22)
@@ -891,51 +891,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie scharakteryzować potrzeby komunikacji w zespole projektowym oraz potrafi wymienić cechy środowisk wspomagających prace grupowa nad modelami i kodem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W07, K2_W08, K2_W05</w:t>
+        <w:t xml:space="preserve">K2_W05, K2_W07, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1111,67 +1111,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie sformułować ocenę modelu na system i potrafi wypowiedzieć się na temat dalszego rozwoju budowanego modelu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U01, K2_U04, K2_U08, K2_U09, K2_U15</w:t>
+        <w:t xml:space="preserve">K2_U08, K2_U09, K2_U15, K2_U01, K2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PMSI_KS_01: </w:t>
       </w:r>
     </w:p>