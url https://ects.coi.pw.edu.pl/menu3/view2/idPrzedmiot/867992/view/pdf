--- v0 (2025-12-27)
+++ v1 (2026-03-23)
@@ -974,67 +974,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie zadań laboratoryjnych polegających na zaprojektowaniu, uruchomieniu i przetestowaniu wybranej bazy danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U09, K2_U11, K2_U06, K2_U08</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U08, K2_U09, K2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZBD_U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zbadać nowe środowisko nierelacyjnej bazy danych, zaproponować eksperymentalne rozwiązanie testujące to środowisko oraz sformułować wnioski badawcze oraz ocenić potencjalne możliwości zastosowań i rozwoju badanego środowiska wykorzystując przy tym źródła literaturowe w języku angielskim m.in. artykuły z prasy fachowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>